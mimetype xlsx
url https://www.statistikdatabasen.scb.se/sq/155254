--- v0 (2026-01-12)
+++ v1 (2026-03-14)
@@ -1,65 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd86dad91ac34413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8dc2dfac23774c54a5f1b30232ebcfa4.psmdcp" Id="Rd5b96b2e09074966" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42212232896460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab34616980c3497f8e255155d7f79851.psmdcp" Id="R54ee5e3e36d44f01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="000004VV" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="227">
   <x:si>
     <x:t>Årsförändring efter månad</x:t>
   </x:si>
   <x:si>
-    <x:t>2009M03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2009M04</x:t>
   </x:si>
   <x:si>
     <x:t>2009M05</x:t>
   </x:si>
   <x:si>
     <x:t>2009M06</x:t>
   </x:si>
   <x:si>
     <x:t>2009M07</x:t>
   </x:si>
   <x:si>
     <x:t>2009M08</x:t>
   </x:si>
   <x:si>
     <x:t>2009M09</x:t>
   </x:si>
   <x:si>
     <x:t>2009M10</x:t>
   </x:si>
   <x:si>
     <x:t>2009M11</x:t>
   </x:si>
   <x:si>
     <x:t>2009M12</x:t>
@@ -614,76 +611,79 @@
     <x:t>2025M03</x:t>
   </x:si>
   <x:si>
     <x:t>2025M04</x:t>
   </x:si>
   <x:si>
     <x:t>2025M05</x:t>
   </x:si>
   <x:si>
     <x:t>2025M06</x:t>
   </x:si>
   <x:si>
     <x:t>2025M07</x:t>
   </x:si>
   <x:si>
     <x:t>2025M08</x:t>
   </x:si>
   <x:si>
     <x:t>2025M09</x:t>
   </x:si>
   <x:si>
     <x:t>2025M10</x:t>
   </x:si>
   <x:si>
     <x:t>2025M11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M12</x:t>
   </x:si>
   <x:si>
     <x:t>Reviderade tal 2011-02-17 avseende maj 2009–december 2010. 
 Skuggindextal publiceras med två decimaler från januari 2006. Skuggindextal skiljer sig vissa månader från motsvarande fastställda tal, vilka är de som gäller när man i bestämmelser i lagar, förordningar eller avtal hänvisat till konsumentprisindex. Skuggindextalen är justerade med avseende på vissa brister i det prisunderlag eller de beräkningsmetoder som legat till grund för de fastställda talen. De är därmed konsistenta med index för huvud- och undergrupper, som justerats på motsvarande sätt.</x:t>
   </x:si>
   <x:si>
     <x:t>Fr.o.m. år 2026 är 2020 nytt basår för KPI istället för nuvarande basår 1980.
 KPI med basår 1980 kommer dock att fortsätta publiceras t.o.m. år 2030. Efter det kommer enbart KPI med basår 2020 att publiceras.</x:t>
   </x:si>
   <x:si>
     <x:t>I januari 2026 byter KPI basår från 1980 till 2020. Denna tabell kommer inte att uppdateras efter december 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>12-månadersförändringen beräknade på skuggindextal med två decimaler. Vid indexreglering med KPI ska normalt fastställda indextal (1980=100). 12-månadersförändringen reviderad för april–juli 2008.</x:t>
   </x:si>
   <x:si>
     <x:t>Värden för tidpunkterna 2001M08, 2000M01,1998M03, 1997M04, 1996M11, 1996M06, 1993M07, 1992M06, 1991M07, 1991M03, 1988M03, 1986M10, 1986M09, 1986M08, 1986M03, 1983M08, 1983M05, 1982M12,  1982M03 och 1980M03 har korrigerats 2012-10-29.</x:t>
   </x:si>
   <x:si>
     <x:t>Inflationstalen för perioden januari 1980–december 2004 är beräknade enligt den metod som började tillämpas januari 2005. De inflationstal som publicerades under perioden januari 1980–december 2004 med tidigare beräkningsmetod finns i tabell Konsumentprisindex (KPI), 12-månadersförändring (inflationstakten, enligt gammal metod), uppdateras ej efter 2004M12), 1980=100. Månad 1980M01–2004M12.</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251211 08:00</x:t>
+    <x:t>20260115 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>SCB</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Statistikservice, SCB</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +46 010-479 50 00</x:t>
   </x:si>
   <x:si>
     <x:t>information@scb.se</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>index</x:t>
   </x:si>
@@ -1101,1643 +1101,1643 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B245"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B3" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="3" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>4.3</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>6.4</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>8.5</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>11.5</x:v>
+        <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>12.3</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>11.7</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>10.5</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>9.3</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>7.5</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>5.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B189" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B190" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B191" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B192" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B193" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B194" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B195" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B196" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B197" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B198" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B199" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B200" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B201" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B202" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B203" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>