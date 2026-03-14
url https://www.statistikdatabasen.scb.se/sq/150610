--- v0 (2026-01-12)
+++ v1 (2026-03-14)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28104120425b461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31262586d1b6400082b7a32efad8f3c0.psmdcp" Id="Rd78ef15bdbee4009" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1afc5e5c58f4236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e848c3082cc942009e3bcfe853321e6e.psmdcp" Id="R99e1b47a89ae4fba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="HE0110J8" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="349">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="350">
   <x:si>
     <x:t>Sammanräknad förvärvsinkomst, medianinkomst för boende i Sverige hela året, tkr efter kön, ålder, inkomstklass, år och region</x:t>
   </x:si>
   <x:si>
     <x:t>0114 Upplands Väsby</x:t>
   </x:si>
   <x:si>
     <x:t>0115 Vallentuna</x:t>
   </x:si>
   <x:si>
     <x:t>0117 Österåker</x:t>
   </x:si>
   <x:si>
     <x:t>0120 Värmdö</x:t>
   </x:si>
   <x:si>
     <x:t>0123 Järfälla</x:t>
   </x:si>
   <x:si>
     <x:t>0125 Ekerö</x:t>
   </x:si>
   <x:si>
     <x:t>0126 Huddinge</x:t>
   </x:si>
   <x:si>
@@ -965,73 +965,76 @@
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Statistiken redovisas från och med inkomstår 2011 inklusive löne- och pensionsinkomster från övriga nordiska länder. I samband med publiceringen av inkomstår 2020 reviderades statistik för åren 2011–2019. 
  Omfattningen av de totala inkomsterna från övriga Norden varierar över tid. För åren 2011–2014 är täckningen sämre än för senare år, vilket till stor del beror på brister i data från Norge. För 2011 saknas i princip inkomster från Norge. För år 2012–2014 är makrobeloppet för Norge ungefär hälften av beloppet för 2015.
  Ytterligare information finns i statistikens kvalitetsdeklaration.</x:t>
   </x:si>
   <x:si>
     <x:t>Helårsbefolkningen består av personer som varit folkbokförda i Sverige hela året och som ingår i ett hushåll med disponibel hushållsinkomst skild från noll kronor. Från och med 2021 exkluderas även personer som saknar uppgift om hushållstillhörighet om deras disponibla familjeinkomst är noll kronor. Denna förändring tillämpas även retroaktivt tillbaka till 2011, och innebär att ytterligare 3 000–4 000 personer per år exkluderas från redovisningen, vilka kan antas vara övertäckning i RTB.</x:t>
   </x:si>
   <x:si>
     <x:t>För att skydda enskilda personers uppgifter i den redovisade statistiken används statistiska metoder. På grund av detta är inte alltid de redovisade totalerna lika med summan av deras redovisade delar. Se vidare avsnitt 2.2.6 Modellantaganden, i dokumentationen Kvalitetsdeklaration på SCB:s webbplats.</x:t>
   </x:si>
   <x:si>
     <x:t>Revidering gjord den 30 januari 2015 avseende åren 2003-2012. Inkomstregistret har uppdaterats för dessa år.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Uppgiften är inte tillgänglig, för osäker för att anges eller borttagen av sekretesskäl.</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250121 08:00</x:t>
+    <x:t>20260120 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>SCB</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Peter Gärdqvist, SCB</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +46 010-479 67 85</x:t>
   </x:si>
   <x:si>
     <x:t>peter.gardqvist@scb.se</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Inkomststatistik, SCB</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +46 .</x:t>
   </x:si>
@@ -1452,51 +1455,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:KH77"/>
+  <x:dimension ref="A1:KH78"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="294" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:294">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:294">
       <x:c r="E3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>4</x:v>
@@ -24222,198 +24225,1073 @@
       <x:c r="KA28" s="3" t="n">
         <x:v>293.2</x:v>
       </x:c>
       <x:c r="KB28" s="3" t="n">
         <x:v>378.9</x:v>
       </x:c>
       <x:c r="KC28" s="3" t="n">
         <x:v>303.8</x:v>
       </x:c>
       <x:c r="KD28" s="3" t="n">
         <x:v>342.3</x:v>
       </x:c>
       <x:c r="KE28" s="3" t="n">
         <x:v>334.6</x:v>
       </x:c>
       <x:c r="KF28" s="3" t="n">
         <x:v>325.5</x:v>
       </x:c>
       <x:c r="KG28" s="3" t="n">
         <x:v>278.5</x:v>
       </x:c>
       <x:c r="KH28" s="3" t="n">
         <x:v>382</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:294">
-      <x:c r="A30" s="0" t="s">
+    <x:row r="29" spans="1:294">
+      <x:c r="D29" s="2" t="s">
         <x:v>319</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="n">
+        <x:v>350.6</x:v>
+      </x:c>
+      <x:c r="F29" s="3" t="n">
+        <x:v>396.6</x:v>
+      </x:c>
+      <x:c r="G29" s="3" t="n">
+        <x:v>389.7</x:v>
+      </x:c>
+      <x:c r="H29" s="3" t="n">
+        <x:v>394.1</x:v>
+      </x:c>
+      <x:c r="I29" s="3" t="n">
+        <x:v>356.4</x:v>
+      </x:c>
+      <x:c r="J29" s="3" t="n">
+        <x:v>409.4</x:v>
+      </x:c>
+      <x:c r="K29" s="3" t="n">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="L29" s="3" t="n">
+        <x:v>312.4</x:v>
+      </x:c>
+      <x:c r="M29" s="3" t="n">
+        <x:v>379.1</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>352.2</x:v>
+      </x:c>
+      <x:c r="O29" s="3" t="n">
+        <x:v>385.4</x:v>
+      </x:c>
+      <x:c r="P29" s="3" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="Q29" s="3" t="n">
+        <x:v>409.1</x:v>
+      </x:c>
+      <x:c r="R29" s="3" t="n">
+        <x:v>439.2</x:v>
+      </x:c>
+      <x:c r="S29" s="3" t="n">
+        <x:v>455.6</x:v>
+      </x:c>
+      <x:c r="T29" s="3" t="n">
+        <x:v>398.4</x:v>
+      </x:c>
+      <x:c r="U29" s="3" t="n">
+        <x:v>394.8</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>317.6</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
+        <x:v>425.5</x:v>
+      </x:c>
+      <x:c r="X29" s="3" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>431.7</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
+        <x:v>422.4</x:v>
+      </x:c>
+      <x:c r="AA29" s="3" t="n">
+        <x:v>402.6</x:v>
+      </x:c>
+      <x:c r="AB29" s="3" t="n">
+        <x:v>323.2</x:v>
+      </x:c>
+      <x:c r="AC29" s="3" t="n">
+        <x:v>335.6</x:v>
+      </x:c>
+      <x:c r="AD29" s="3" t="n">
+        <x:v>333.5</x:v>
+      </x:c>
+      <x:c r="AE29" s="3" t="n">
+        <x:v>373.8</x:v>
+      </x:c>
+      <x:c r="AF29" s="3" t="n">
+        <x:v>320.9</x:v>
+      </x:c>
+      <x:c r="AG29" s="3" t="n">
+        <x:v>396.2</x:v>
+      </x:c>
+      <x:c r="AH29" s="3" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="AI29" s="3" t="n">
+        <x:v>308.1</x:v>
+      </x:c>
+      <x:c r="AJ29" s="3" t="n">
+        <x:v>336.5</x:v>
+      </x:c>
+      <x:c r="AK29" s="3" t="n">
+        <x:v>339.8</x:v>
+      </x:c>
+      <x:c r="AL29" s="3" t="n">
+        <x:v>332.5</x:v>
+      </x:c>
+      <x:c r="AM29" s="3" t="n">
+        <x:v>297.9</x:v>
+      </x:c>
+      <x:c r="AN29" s="3" t="n">
+        <x:v>327.2</x:v>
+      </x:c>
+      <x:c r="AO29" s="3" t="n">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="AP29" s="3" t="n">
+        <x:v>324.9</x:v>
+      </x:c>
+      <x:c r="AQ29" s="3" t="n">
+        <x:v>285.8</x:v>
+      </x:c>
+      <x:c r="AR29" s="3" t="n">
+        <x:v>305.4</x:v>
+      </x:c>
+      <x:c r="AS29" s="3" t="n">
+        <x:v>310.7</x:v>
+      </x:c>
+      <x:c r="AT29" s="3" t="n">
+        <x:v>350.3</x:v>
+      </x:c>
+      <x:c r="AU29" s="3" t="n">
+        <x:v>365.5</x:v>
+      </x:c>
+      <x:c r="AV29" s="3" t="n">
+        <x:v>310.8</x:v>
+      </x:c>
+      <x:c r="AW29" s="3" t="n">
+        <x:v>316.4</x:v>
+      </x:c>
+      <x:c r="AX29" s="3" t="n">
+        <x:v>327.4</x:v>
+      </x:c>
+      <x:c r="AY29" s="3" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="AZ29" s="3" t="n">
+        <x:v>318.9</x:v>
+      </x:c>
+      <x:c r="BA29" s="3" t="n">
+        <x:v>326.3</x:v>
+      </x:c>
+      <x:c r="BB29" s="3" t="n">
+        <x:v>294.6</x:v>
+      </x:c>
+      <x:c r="BC29" s="3" t="n">
+        <x:v>337.9</x:v>
+      </x:c>
+      <x:c r="BD29" s="3" t="n">
+        <x:v>327.5</x:v>
+      </x:c>
+      <x:c r="BE29" s="3" t="n">
+        <x:v>340.6</x:v>
+      </x:c>
+      <x:c r="BF29" s="3" t="n">
+        <x:v>317.5</x:v>
+      </x:c>
+      <x:c r="BG29" s="3" t="n">
+        <x:v>322.4</x:v>
+      </x:c>
+      <x:c r="BH29" s="3" t="n">
+        <x:v>341.1</x:v>
+      </x:c>
+      <x:c r="BI29" s="3" t="n">
+        <x:v>330.9</x:v>
+      </x:c>
+      <x:c r="BJ29" s="3" t="n">
+        <x:v>342.4</x:v>
+      </x:c>
+      <x:c r="BK29" s="3" t="n">
+        <x:v>327.3</x:v>
+      </x:c>
+      <x:c r="BL29" s="3" t="n">
+        <x:v>367.6</x:v>
+      </x:c>
+      <x:c r="BM29" s="3" t="n">
+        <x:v>336.9</x:v>
+      </x:c>
+      <x:c r="BN29" s="3" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="BO29" s="3" t="n">
+        <x:v>343.8</x:v>
+      </x:c>
+      <x:c r="BP29" s="3" t="n">
+        <x:v>322.2</x:v>
+      </x:c>
+      <x:c r="BQ29" s="3" t="n">
+        <x:v>349.8</x:v>
+      </x:c>
+      <x:c r="BR29" s="3" t="n">
+        <x:v>306.6</x:v>
+      </x:c>
+      <x:c r="BS29" s="3" t="n">
+        <x:v>318.2</x:v>
+      </x:c>
+      <x:c r="BT29" s="3" t="n">
+        <x:v>323.2</x:v>
+      </x:c>
+      <x:c r="BU29" s="3" t="n">
+        <x:v>318.9</x:v>
+      </x:c>
+      <x:c r="BV29" s="3" t="n">
+        <x:v>311.6</x:v>
+      </x:c>
+      <x:c r="BW29" s="3" t="n">
+        <x:v>293.1</x:v>
+      </x:c>
+      <x:c r="BX29" s="3" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="BY29" s="3" t="n">
+        <x:v>315.5</x:v>
+      </x:c>
+      <x:c r="BZ29" s="3" t="n">
+        <x:v>343.1</x:v>
+      </x:c>
+      <x:c r="CA29" s="3" t="n">
+        <x:v>308.1</x:v>
+      </x:c>
+      <x:c r="CB29" s="3" t="n">
+        <x:v>332.2</x:v>
+      </x:c>
+      <x:c r="CC29" s="3" t="n">
+        <x:v>328.9</x:v>
+      </x:c>
+      <x:c r="CD29" s="3" t="n">
+        <x:v>269.5</x:v>
+      </x:c>
+      <x:c r="CE29" s="3" t="n">
+        <x:v>297.2</x:v>
+      </x:c>
+      <x:c r="CF29" s="3" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="CG29" s="3" t="n">
+        <x:v>289.7</x:v>
+      </x:c>
+      <x:c r="CH29" s="3" t="n">
+        <x:v>321.8</x:v>
+      </x:c>
+      <x:c r="CI29" s="3" t="n">
+        <x:v>297.8</x:v>
+      </x:c>
+      <x:c r="CJ29" s="3" t="n">
+        <x:v>334.2</x:v>
+      </x:c>
+      <x:c r="CK29" s="3" t="n">
+        <x:v>300.4</x:v>
+      </x:c>
+      <x:c r="CL29" s="3" t="n">
+        <x:v>341.8</x:v>
+      </x:c>
+      <x:c r="CM29" s="3" t="n">
+        <x:v>308.7</x:v>
+      </x:c>
+      <x:c r="CN29" s="3" t="n">
+        <x:v>326.3</x:v>
+      </x:c>
+      <x:c r="CO29" s="3" t="n">
+        <x:v>292.4</x:v>
+      </x:c>
+      <x:c r="CP29" s="3" t="n">
+        <x:v>310.7</x:v>
+      </x:c>
+      <x:c r="CQ29" s="3" t="n">
+        <x:v>305.2</x:v>
+      </x:c>
+      <x:c r="CR29" s="3" t="n">
+        <x:v>338.5</x:v>
+      </x:c>
+      <x:c r="CS29" s="3" t="n">
+        <x:v>302.1</x:v>
+      </x:c>
+      <x:c r="CT29" s="3" t="n">
+        <x:v>318.8</x:v>
+      </x:c>
+      <x:c r="CU29" s="3" t="n">
+        <x:v>320.8</x:v>
+      </x:c>
+      <x:c r="CV29" s="3" t="n">
+        <x:v>329.8</x:v>
+      </x:c>
+      <x:c r="CW29" s="3" t="n">
+        <x:v>383.2</x:v>
+      </x:c>
+      <x:c r="CX29" s="3" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="CY29" s="3" t="n">
+        <x:v>410.6</x:v>
+      </x:c>
+      <x:c r="CZ29" s="3" t="n">
+        <x:v>297.1</x:v>
+      </x:c>
+      <x:c r="DA29" s="3" t="n">
+        <x:v>303.1</x:v>
+      </x:c>
+      <x:c r="DB29" s="3" t="n">
+        <x:v>311.9</x:v>
+      </x:c>
+      <x:c r="DC29" s="3" t="n">
+        <x:v>373.8</x:v>
+      </x:c>
+      <x:c r="DD29" s="3" t="n">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="DE29" s="3" t="n">
+        <x:v>376.5</x:v>
+      </x:c>
+      <x:c r="DF29" s="3" t="n">
+        <x:v>335.7</x:v>
+      </x:c>
+      <x:c r="DG29" s="3" t="n">
+        <x:v>319.9</x:v>
+      </x:c>
+      <x:c r="DH29" s="3" t="n">
+        <x:v>318.8</x:v>
+      </x:c>
+      <x:c r="DI29" s="3" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="DJ29" s="3" t="n">
+        <x:v>296.8</x:v>
+      </x:c>
+      <x:c r="DK29" s="3" t="n">
+        <x:v>312.2</x:v>
+      </x:c>
+      <x:c r="DL29" s="3" t="n">
+        <x:v>303.9</x:v>
+      </x:c>
+      <x:c r="DM29" s="3" t="n">
+        <x:v>276.3</x:v>
+      </x:c>
+      <x:c r="DN29" s="3" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="DO29" s="3" t="n">
+        <x:v>308.3</x:v>
+      </x:c>
+      <x:c r="DP29" s="3" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="DQ29" s="3" t="n">
+        <x:v>319.6</x:v>
+      </x:c>
+      <x:c r="DR29" s="3" t="n">
+        <x:v>314.5</x:v>
+      </x:c>
+      <x:c r="DS29" s="3" t="n">
+        <x:v>307.7</x:v>
+      </x:c>
+      <x:c r="DT29" s="3" t="n">
+        <x:v>326.5</x:v>
+      </x:c>
+      <x:c r="DU29" s="3" t="n">
+        <x:v>345.8</x:v>
+      </x:c>
+      <x:c r="DV29" s="3" t="n">
+        <x:v>325.9</x:v>
+      </x:c>
+      <x:c r="DW29" s="3" t="n">
+        <x:v>334.3</x:v>
+      </x:c>
+      <x:c r="DX29" s="3" t="n">
+        <x:v>329.7</x:v>
+      </x:c>
+      <x:c r="DY29" s="3" t="n">
+        <x:v>317.9</x:v>
+      </x:c>
+      <x:c r="DZ29" s="3" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="EA29" s="3" t="n">
+        <x:v>344.6</x:v>
+      </x:c>
+      <x:c r="EB29" s="3" t="n">
+        <x:v>303.8</x:v>
+      </x:c>
+      <x:c r="EC29" s="3" t="n">
+        <x:v>313.5</x:v>
+      </x:c>
+      <x:c r="ED29" s="3" t="n">
+        <x:v>329.3</x:v>
+      </x:c>
+      <x:c r="EE29" s="3" t="n">
+        <x:v>318.5</x:v>
+      </x:c>
+      <x:c r="EF29" s="3" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="EG29" s="3" t="n">
+        <x:v>349.8</x:v>
+      </x:c>
+      <x:c r="EH29" s="3" t="n">
+        <x:v>396.7</x:v>
+      </x:c>
+      <x:c r="EI29" s="3" t="n">
+        <x:v>407.4</x:v>
+      </x:c>
+      <x:c r="EJ29" s="3" t="n">
+        <x:v>393.7</x:v>
+      </x:c>
+      <x:c r="EK29" s="3" t="n">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="EL29" s="3" t="n">
+        <x:v>381.6</x:v>
+      </x:c>
+      <x:c r="EM29" s="3" t="n">
+        <x:v>368.5</x:v>
+      </x:c>
+      <x:c r="EN29" s="3" t="n">
+        <x:v>331.9</x:v>
+      </x:c>
+      <x:c r="EO29" s="3" t="n">
+        <x:v>347.9</x:v>
+      </x:c>
+      <x:c r="EP29" s="3" t="n">
+        <x:v>319.6</x:v>
+      </x:c>
+      <x:c r="EQ29" s="3" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="ER29" s="3" t="n">
+        <x:v>306.4</x:v>
+      </x:c>
+      <x:c r="ES29" s="3" t="n">
+        <x:v>305.1</x:v>
+      </x:c>
+      <x:c r="ET29" s="3" t="n">
+        <x:v>368.6</x:v>
+      </x:c>
+      <x:c r="EU29" s="3" t="n">
+        <x:v>399.1</x:v>
+      </x:c>
+      <x:c r="EV29" s="3" t="n">
+        <x:v>340.9</x:v>
+      </x:c>
+      <x:c r="EW29" s="3" t="n">
+        <x:v>368.7</x:v>
+      </x:c>
+      <x:c r="EX29" s="3" t="n">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="EY29" s="3" t="n">
+        <x:v>312.6</x:v>
+      </x:c>
+      <x:c r="EZ29" s="3" t="n">
+        <x:v>329.6</x:v>
+      </x:c>
+      <x:c r="FA29" s="3" t="n">
+        <x:v>285.5</x:v>
+      </x:c>
+      <x:c r="FB29" s="3" t="n">
+        <x:v>331.9</x:v>
+      </x:c>
+      <x:c r="FC29" s="3" t="n">
+        <x:v>295.3</x:v>
+      </x:c>
+      <x:c r="FD29" s="3" t="n">
+        <x:v>294.9</x:v>
+      </x:c>
+      <x:c r="FE29" s="3" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="FF29" s="3" t="n">
+        <x:v>326.3</x:v>
+      </x:c>
+      <x:c r="FG29" s="3" t="n">
+        <x:v>311.3</x:v>
+      </x:c>
+      <x:c r="FH29" s="3" t="n">
+        <x:v>324.5</x:v>
+      </x:c>
+      <x:c r="FI29" s="3" t="n">
+        <x:v>315.8</x:v>
+      </x:c>
+      <x:c r="FJ29" s="3" t="n">
+        <x:v>335.3</x:v>
+      </x:c>
+      <x:c r="FK29" s="3" t="n">
+        <x:v>317.8</x:v>
+      </x:c>
+      <x:c r="FL29" s="3" t="n">
+        <x:v>291.8</x:v>
+      </x:c>
+      <x:c r="FM29" s="3" t="n">
+        <x:v>352.2</x:v>
+      </x:c>
+      <x:c r="FN29" s="3" t="n">
+        <x:v>402.9</x:v>
+      </x:c>
+      <x:c r="FO29" s="3" t="n">
+        <x:v>386.8</x:v>
+      </x:c>
+      <x:c r="FP29" s="3" t="n">
+        <x:v>326.9</x:v>
+      </x:c>
+      <x:c r="FQ29" s="3" t="n">
+        <x:v>331.8</x:v>
+      </x:c>
+      <x:c r="FR29" s="3" t="n">
+        <x:v>346.2</x:v>
+      </x:c>
+      <x:c r="FS29" s="3" t="n">
+        <x:v>327.2</x:v>
+      </x:c>
+      <x:c r="FT29" s="3" t="n">
+        <x:v>328.7</x:v>
+      </x:c>
+      <x:c r="FU29" s="3" t="n">
+        <x:v>346.5</x:v>
+      </x:c>
+      <x:c r="FV29" s="3" t="n">
+        <x:v>329.1</x:v>
+      </x:c>
+      <x:c r="FW29" s="3" t="n">
+        <x:v>333.3</x:v>
+      </x:c>
+      <x:c r="FX29" s="3" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="FY29" s="3" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="FZ29" s="3" t="n">
+        <x:v>341.2</x:v>
+      </x:c>
+      <x:c r="GA29" s="3" t="n">
+        <x:v>330.7</x:v>
+      </x:c>
+      <x:c r="GB29" s="3" t="n">
+        <x:v>356.8</x:v>
+      </x:c>
+      <x:c r="GC29" s="3" t="n">
+        <x:v>326.1</x:v>
+      </x:c>
+      <x:c r="GD29" s="3" t="n">
+        <x:v>323.8</x:v>
+      </x:c>
+      <x:c r="GE29" s="3" t="n">
+        <x:v>319.9</x:v>
+      </x:c>
+      <x:c r="GF29" s="3" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="GG29" s="3" t="n">
+        <x:v>316.6</x:v>
+      </x:c>
+      <x:c r="GH29" s="3" t="n">
+        <x:v>318.3</x:v>
+      </x:c>
+      <x:c r="GI29" s="3" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>392.2</x:v>
+      </x:c>
+      <x:c r="GK29" s="3" t="n">
+        <x:v>297.2</x:v>
+      </x:c>
+      <x:c r="GL29" s="3" t="n">
+        <x:v>326.8</x:v>
+      </x:c>
+      <x:c r="GM29" s="3" t="n">
+        <x:v>311.3</x:v>
+      </x:c>
+      <x:c r="GN29" s="3" t="n">
+        <x:v>335.1</x:v>
+      </x:c>
+      <x:c r="GO29" s="3" t="n">
+        <x:v>317.2</x:v>
+      </x:c>
+      <x:c r="GP29" s="3" t="n">
+        <x:v>336.7</x:v>
+      </x:c>
+      <x:c r="GQ29" s="3" t="n">
+        <x:v>303.8</x:v>
+      </x:c>
+      <x:c r="GR29" s="3" t="n">
+        <x:v>280.2</x:v>
+      </x:c>
+      <x:c r="GS29" s="3" t="n">
+        <x:v>297.2</x:v>
+      </x:c>
+      <x:c r="GT29" s="3" t="n">
+        <x:v>319.4</x:v>
+      </x:c>
+      <x:c r="GU29" s="3" t="n">
+        <x:v>297.4</x:v>
+      </x:c>
+      <x:c r="GV29" s="3" t="n">
+        <x:v>346.9</x:v>
+      </x:c>
+      <x:c r="GW29" s="3" t="n">
+        <x:v>300.1</x:v>
+      </x:c>
+      <x:c r="GX29" s="3" t="n">
+        <x:v>322.5</x:v>
+      </x:c>
+      <x:c r="GY29" s="3" t="n">
+        <x:v>308.4</x:v>
+      </x:c>
+      <x:c r="GZ29" s="3" t="n">
+        <x:v>283.5</x:v>
+      </x:c>
+      <x:c r="HA29" s="3" t="n">
+        <x:v>274.2</x:v>
+      </x:c>
+      <x:c r="HB29" s="3" t="n">
+        <x:v>325.6</x:v>
+      </x:c>
+      <x:c r="HC29" s="3" t="n">
+        <x:v>340.6</x:v>
+      </x:c>
+      <x:c r="HD29" s="3" t="n">
+        <x:v>321.9</x:v>
+      </x:c>
+      <x:c r="HE29" s="3" t="n">
+        <x:v>334.4</x:v>
+      </x:c>
+      <x:c r="HF29" s="3" t="n">
+        <x:v>318.7</x:v>
+      </x:c>
+      <x:c r="HG29" s="3" t="n">
+        <x:v>314.1</x:v>
+      </x:c>
+      <x:c r="HH29" s="3" t="n">
+        <x:v>299.6</x:v>
+      </x:c>
+      <x:c r="HI29" s="3" t="n">
+        <x:v>325.6</x:v>
+      </x:c>
+      <x:c r="HJ29" s="3" t="n">
+        <x:v>313.7</x:v>
+      </x:c>
+      <x:c r="HK29" s="3" t="n">
+        <x:v>323.3</x:v>
+      </x:c>
+      <x:c r="HL29" s="3" t="n">
+        <x:v>307.1</x:v>
+      </x:c>
+      <x:c r="HM29" s="3" t="n">
+        <x:v>343.2</x:v>
+      </x:c>
+      <x:c r="HN29" s="3" t="n">
+        <x:v>314.5</x:v>
+      </x:c>
+      <x:c r="HO29" s="3" t="n">
+        <x:v>312.8</x:v>
+      </x:c>
+      <x:c r="HP29" s="3" t="n">
+        <x:v>313.6</x:v>
+      </x:c>
+      <x:c r="HQ29" s="3" t="n">
+        <x:v>311.3</x:v>
+      </x:c>
+      <x:c r="HR29" s="3" t="n">
+        <x:v>298.4</x:v>
+      </x:c>
+      <x:c r="HS29" s="3" t="n">
+        <x:v>324.9</x:v>
+      </x:c>
+      <x:c r="HT29" s="3" t="n">
+        <x:v>326.4</x:v>
+      </x:c>
+      <x:c r="HU29" s="3" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="HV29" s="3" t="n">
+        <x:v>300.5</x:v>
+      </x:c>
+      <x:c r="HW29" s="3" t="n">
+        <x:v>297.8</x:v>
+      </x:c>
+      <x:c r="HX29" s="3" t="n">
+        <x:v>307.1</x:v>
+      </x:c>
+      <x:c r="HY29" s="3" t="n">
+        <x:v>333.3</x:v>
+      </x:c>
+      <x:c r="HZ29" s="3" t="n">
+        <x:v>325.2</x:v>
+      </x:c>
+      <x:c r="IA29" s="3" t="n">
+        <x:v>344.6</x:v>
+      </x:c>
+      <x:c r="IB29" s="3" t="n">
+        <x:v>319.8</x:v>
+      </x:c>
+      <x:c r="IC29" s="3" t="n">
+        <x:v>330.3</x:v>
+      </x:c>
+      <x:c r="ID29" s="3" t="n">
+        <x:v>308.8</x:v>
+      </x:c>
+      <x:c r="IE29" s="3" t="n">
+        <x:v>321.2</x:v>
+      </x:c>
+      <x:c r="IF29" s="3" t="n">
+        <x:v>322.9</x:v>
+      </x:c>
+      <x:c r="IG29" s="3" t="n">
+        <x:v>295.8</x:v>
+      </x:c>
+      <x:c r="IH29" s="3" t="n">
+        <x:v>325.2</x:v>
+      </x:c>
+      <x:c r="II29" s="3" t="n">
+        <x:v>303.3</x:v>
+      </x:c>
+      <x:c r="IJ29" s="3" t="n">
+        <x:v>297.3</x:v>
+      </x:c>
+      <x:c r="IK29" s="3" t="n">
+        <x:v>301.6</x:v>
+      </x:c>
+      <x:c r="IL29" s="3" t="n">
+        <x:v>332.7</x:v>
+      </x:c>
+      <x:c r="IM29" s="3" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="IN29" s="3" t="n">
+        <x:v>302.3</x:v>
+      </x:c>
+      <x:c r="IO29" s="3" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="IP29" s="3" t="n">
+        <x:v>321.1</x:v>
+      </x:c>
+      <x:c r="IQ29" s="3" t="n">
+        <x:v>309.4</x:v>
+      </x:c>
+      <x:c r="IR29" s="3" t="n">
+        <x:v>335.9</x:v>
+      </x:c>
+      <x:c r="IS29" s="3" t="n">
+        <x:v>311.1</x:v>
+      </x:c>
+      <x:c r="IT29" s="3" t="n">
+        <x:v>348.5</x:v>
+      </x:c>
+      <x:c r="IU29" s="3" t="n">
+        <x:v>297.8</x:v>
+      </x:c>
+      <x:c r="IV29" s="3" t="n">
+        <x:v>297.6</x:v>
+      </x:c>
+      <x:c r="IW29" s="3" t="n">
+        <x:v>338.9</x:v>
+      </x:c>
+      <x:c r="IX29" s="3" t="n">
+        <x:v>297.6</x:v>
+      </x:c>
+      <x:c r="IY29" s="3" t="n">
+        <x:v>295.5</x:v>
+      </x:c>
+      <x:c r="IZ29" s="3" t="n">
+        <x:v>346.2</x:v>
+      </x:c>
+      <x:c r="JA29" s="3" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="JB29" s="3" t="n">
+        <x:v>338.8</x:v>
+      </x:c>
+      <x:c r="JC29" s="3" t="n">
+        <x:v>293.8</x:v>
+      </x:c>
+      <x:c r="JD29" s="3" t="n">
+        <x:v>313.3</x:v>
+      </x:c>
+      <x:c r="JE29" s="3" t="n">
+        <x:v>332.8</x:v>
+      </x:c>
+      <x:c r="JF29" s="3" t="n">
+        <x:v>317.2</x:v>
+      </x:c>
+      <x:c r="JG29" s="3" t="n">
+        <x:v>290.4</x:v>
+      </x:c>
+      <x:c r="JH29" s="3" t="n">
+        <x:v>310.5</x:v>
+      </x:c>
+      <x:c r="JI29" s="3" t="n">
+        <x:v>319.9</x:v>
+      </x:c>
+      <x:c r="JJ29" s="3" t="n">
+        <x:v>312.3</x:v>
+      </x:c>
+      <x:c r="JK29" s="3" t="n">
+        <x:v>315.5</x:v>
+      </x:c>
+      <x:c r="JL29" s="3" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="JM29" s="3" t="n">
+        <x:v>312.4</x:v>
+      </x:c>
+      <x:c r="JN29" s="3" t="n">
+        <x:v>300.9</x:v>
+      </x:c>
+      <x:c r="JO29" s="3" t="n">
+        <x:v>338.7</x:v>
+      </x:c>
+      <x:c r="JP29" s="3" t="n">
+        <x:v>295.1</x:v>
+      </x:c>
+      <x:c r="JQ29" s="3" t="n">
+        <x:v>288.1</x:v>
+      </x:c>
+      <x:c r="JR29" s="3" t="n">
+        <x:v>343.2</x:v>
+      </x:c>
+      <x:c r="JS29" s="3" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="JT29" s="3" t="n">
+        <x:v>359.1</x:v>
+      </x:c>
+      <x:c r="JU29" s="3" t="n">
+        <x:v>329.5</x:v>
+      </x:c>
+      <x:c r="JV29" s="3" t="n">
+        <x:v>323.4</x:v>
+      </x:c>
+      <x:c r="JW29" s="3" t="n">
+        <x:v>321.9</x:v>
+      </x:c>
+      <x:c r="JX29" s="3" t="n">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="JY29" s="3" t="n">
+        <x:v>320.9</x:v>
+      </x:c>
+      <x:c r="JZ29" s="3" t="n">
+        <x:v>288.7</x:v>
+      </x:c>
+      <x:c r="KA29" s="3" t="n">
+        <x:v>306.4</x:v>
+      </x:c>
+      <x:c r="KB29" s="3" t="n">
+        <x:v>396.8</x:v>
+      </x:c>
+      <x:c r="KC29" s="3" t="n">
+        <x:v>319.7</x:v>
+      </x:c>
+      <x:c r="KD29" s="3" t="n">
+        <x:v>359.5</x:v>
+      </x:c>
+      <x:c r="KE29" s="3" t="n">
+        <x:v>349.9</x:v>
+      </x:c>
+      <x:c r="KF29" s="3" t="n">
+        <x:v>343.4</x:v>
+      </x:c>
+      <x:c r="KG29" s="3" t="n">
+        <x:v>288.5</x:v>
+      </x:c>
+      <x:c r="KH29" s="3" t="n">
+        <x:v>397.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:294">
       <x:c r="A31" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:294">
       <x:c r="A32" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:294">
       <x:c r="A33" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:294">
       <x:c r="A34" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:294">
-      <x:c r="A36" s="0" t="s">
+    <x:row r="35" spans="1:294">
+      <x:c r="A35" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:294">
       <x:c r="A37" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:294">
-      <x:c r="A39" s="0" t="s">
+    <x:row r="38" spans="1:294">
+      <x:c r="A38" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:294">
       <x:c r="A40" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:294">
-      <x:c r="A42" s="0" t="s">
+    <x:row r="41" spans="1:294">
+      <x:c r="A41" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:294">
       <x:c r="A43" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:294">
       <x:c r="A44" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:294">
       <x:c r="A45" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:294">
-      <x:c r="A47" s="0" t="s">
+    <x:row r="46" spans="1:294">
+      <x:c r="A46" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:294">
       <x:c r="A48" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:294">
       <x:c r="A49" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:294">
-      <x:c r="A51" s="0" t="s">
+    <x:row r="50" spans="1:294">
+      <x:c r="A50" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:294">
       <x:c r="A52" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:294">
       <x:c r="A53" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:294">
-      <x:c r="A58" s="0" t="s">
+    <x:row r="54" spans="1:294">
+      <x:c r="A54" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:294">
       <x:c r="A59" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:294">
-      <x:c r="A61" s="0" t="s">
+    <x:row r="60" spans="1:294">
+      <x:c r="A60" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:294">
       <x:c r="A62" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:294">
-      <x:c r="A64" s="0" t="s">
+    <x:row r="63" spans="1:294">
+      <x:c r="A63" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:294">
       <x:c r="A65" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:294">
-      <x:c r="A71" s="0" t="s">
+    <x:row r="66" spans="1:294">
+      <x:c r="A66" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:294">
-      <x:c r="A73" s="0" t="s">
+    <x:row r="72" spans="1:294">
+      <x:c r="A72" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:294">
       <x:c r="A74" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:294">
-      <x:c r="A76" s="0" t="s">
+    <x:row r="75" spans="1:294">
+      <x:c r="A75" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:294">
       <x:c r="A77" s="0" t="s">
         <x:v>348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:294">
+      <x:c r="A78" s="0" t="s">
+        <x:v>349</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>HE0110J8</vt:lpstr>
       <vt:lpstr>HE0110J8!Print_Area</vt:lpstr>
       <vt:lpstr>HE0110J8!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>